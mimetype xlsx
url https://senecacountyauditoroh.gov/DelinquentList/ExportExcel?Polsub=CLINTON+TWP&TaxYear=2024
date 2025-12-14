--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -312,51 +312,51 @@
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
         <v>3294.07</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>1449.18</v>
+        <v>1249.18</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
         <v>2991.1</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>