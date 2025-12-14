--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -4104,51 +4104,51 @@
       </c>
       <c r="D47" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E47" s="3">
         <v>3340.34</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>120</v>
       </c>
       <c r="E48" s="3">
-        <v>2704.57</v>
+        <v>2604.57</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E49" s="3">
         <v>1603.81</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -4264,51 +4264,51 @@
       </c>
       <c r="D55" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E55" s="3">
         <v>189.79</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E56" s="3">
-        <v>3182.97</v>
+        <v>3082.97</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E57" s="3">
         <v>44.07</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -4464,51 +4464,51 @@
       </c>
       <c r="D65" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E65" s="3">
         <v>1676.41</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E66" s="3">
-        <v>2138.29</v>
+        <v>2113.29</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>172</v>
       </c>
       <c r="E67" s="3">
         <v>1309.14</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -5944,51 +5944,51 @@
       </c>
       <c r="D139" s="1" t="s">
         <v>363</v>
       </c>
       <c r="E139" s="3">
         <v>3017.89</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>366</v>
       </c>
       <c r="E140" s="3">
-        <v>7429.22</v>
+        <v>7379.22</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E141" s="3">
         <v>561.58</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -6904,51 +6904,51 @@
       </c>
       <c r="D187" s="1" t="s">
         <v>479</v>
       </c>
       <c r="E187" s="3">
         <v>1036.38</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>480</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>481</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>482</v>
       </c>
       <c r="E188" s="3">
-        <v>3579.46</v>
+        <v>3479.46</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>484</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>485</v>
       </c>
       <c r="E189" s="3">
         <v>3486.94</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -7464,51 +7464,51 @@
       </c>
       <c r="D215" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E215" s="3">
         <v>114.36</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>553</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>555</v>
       </c>
       <c r="E216" s="3">
-        <v>1244.05</v>
+        <v>971.05</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>556</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>557</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>558</v>
       </c>
       <c r="E217" s="3">
         <v>2513.52</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -7544,51 +7544,51 @@
       </c>
       <c r="D219" s="1" t="s">
         <v>564</v>
       </c>
       <c r="E219" s="3">
         <v>111.59</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>565</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>566</v>
       </c>
       <c r="E220" s="3">
-        <v>1181.68</v>
+        <v>917.68</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>567</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>568</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>569</v>
       </c>
       <c r="E221" s="3">
         <v>639.31</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -7704,51 +7704,51 @@
       </c>
       <c r="D227" s="1" t="s">
         <v>584</v>
       </c>
       <c r="E227" s="3">
         <v>2453.35</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>585</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>586</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>587</v>
       </c>
       <c r="E228" s="3">
-        <v>227.95</v>
+        <v>5.92</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>588</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>589</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>590</v>
       </c>
       <c r="E229" s="3">
         <v>5398.84</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -10104,51 +10104,51 @@
       </c>
       <c r="D347" s="1" t="s">
         <v>911</v>
       </c>
       <c r="E347" s="3">
         <v>1651.68</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
         <v>912</v>
       </c>
       <c r="B348" s="0" t="s">
         <v>913</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>914</v>
       </c>
       <c r="E348" s="3">
-        <v>1326.6</v>
+        <v>826.6</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
         <v>915</v>
       </c>
       <c r="B349" s="0" t="s">
         <v>916</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>917</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>918</v>
       </c>
       <c r="E349" s="3">
         <v>563.03</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>10</v>
       </c>
     </row>