--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -465,51 +465,51 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>11216.9</v>
+        <v>10963.9</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3">
         <v>1200.66</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>