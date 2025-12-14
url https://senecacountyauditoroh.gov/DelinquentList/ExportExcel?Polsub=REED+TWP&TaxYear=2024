--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -292,51 +292,51 @@
       </c>
       <c r="D3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3">
         <v>3154.71</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3">
-        <v>541.52</v>
+        <v>14.07</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
         <v>927.27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>